--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b3d3b1ebd28481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73449845c9654c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4ac6450277549d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e50ed2a8f84886"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275462eae4114cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4ac6450277549d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra99f368e95be41a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e50ed2a8f84886" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ Distressed Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>408,189</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>