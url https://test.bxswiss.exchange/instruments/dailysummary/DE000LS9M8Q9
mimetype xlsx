--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73449845c9654c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c25aa49897f4792" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e50ed2a8f84886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b477f753e64a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra99f368e95be41a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e50ed2a8f84886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R890cad5748ee4fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b477f753e64a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Typ Distressed Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>409,845</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>