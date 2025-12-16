--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9176ca11e1d749c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d4e74cdf75c4164" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b91598f80954877"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R404944aa48d1432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81f9eae58d2f4b65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b91598f80954877" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b400af554543f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R404944aa48d1432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.816,866</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.523,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.513,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.565,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.593,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.544,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.555,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.611,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.556,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.563,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.447,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.457,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.500,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.535,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.484,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.369,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.327,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.335,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.325,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.348,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.399,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.390,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.375,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.328,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.317,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.340,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.381,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.420,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.432,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.431,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.446,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.515,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.533,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.495,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.530,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.524,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.453,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.483,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.487,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.461,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.468,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.476,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.501,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.469,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.485,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.460,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.464,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.440,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.442,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>