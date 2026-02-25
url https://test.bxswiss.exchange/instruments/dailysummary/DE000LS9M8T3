--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d4e74cdf75c4164" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cff8453b0194aa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R404944aa48d1432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74d98c48ce1f4445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b400af554543f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R404944aa48d1432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34d5ac30c8da4a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74d98c48ce1f4445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology and Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.460,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.464,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.440,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.442,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.362,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.402,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.395,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.387,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.422,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.411,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.406,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.391,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.401,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.536,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.568,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.529,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.564,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.573,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.590,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.541,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.546,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.559,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.537,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.609,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.663,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.668,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.605,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.636,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.642,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.633,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.662,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.679,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.683,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.643,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.655,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.648,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.673,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.665,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.676,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.638,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.675,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>