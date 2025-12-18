--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08bf0a3e896c4f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e112d403a444be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9733c38db6549e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b4f64a8876d47b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcbed43c548641a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9733c38db6549e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a926d92608547ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b4f64a8876d47b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest nach Buffet, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>169,568</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>