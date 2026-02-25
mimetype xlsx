--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e112d403a444be8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2947c30b59443be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b4f64a8876d47b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2627c88080574f00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a926d92608547ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b4f64a8876d47b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ceeb7980e55403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2627c88080574f00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest nach Buffet, Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M8V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,784</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>