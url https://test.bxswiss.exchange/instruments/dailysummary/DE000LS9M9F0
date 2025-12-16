--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9add98f031ce404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f1e0e0d94a4b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59ac8be459924468"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R330dfd47c74b40e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R255fd6b369274aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59ac8be459924468" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a311bdfbac4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R330dfd47c74b40e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lets Go</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9F0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>249,940</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>