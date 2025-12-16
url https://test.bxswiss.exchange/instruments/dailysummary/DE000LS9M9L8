--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb205b1770f7147da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R655a0262561840e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf8909bd352d411e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R493838fc96dd4531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72a6d0d6d6ce4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf8909bd352d411e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4893f35b8b504d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R493838fc96dd4531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>150,830</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>