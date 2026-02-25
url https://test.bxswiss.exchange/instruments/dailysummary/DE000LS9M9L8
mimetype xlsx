--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R655a0262561840e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1a3616271d4aa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R493838fc96dd4531"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39e6dd761c224f8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4893f35b8b504d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R493838fc96dd4531" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f52dc6addce43d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39e6dd761c224f8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Compounding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>