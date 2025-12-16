--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea62e11be4c646e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46bf7575741f484b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7d968fe82946a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0ffd9bdf89a499d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeca856d00a840fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7d968fe82946a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e1959401efe4c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0ffd9bdf89a499d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neben-, Kleine u. Mittlere Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9N4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,748</x:t>
-[...36 lines deleted...]
-          <x:t>78,022</x:t>
+          <x:t>77,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>