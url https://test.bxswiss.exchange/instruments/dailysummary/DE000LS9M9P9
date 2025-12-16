--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14e9c15683c4be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34346055b28948d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a1ded276c34dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c1c29f738d448b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R064bf76b6be347c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a1ded276c34dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd7860217d904b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c1c29f738d448b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Corporate Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,361</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>