--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34346055b28948d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b5f7f94f4c4d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c1c29f738d448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f216e0096649d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd7860217d904b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c1c29f738d448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61be72e211b9454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f216e0096649d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sustainable Corporate Strategies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9P9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>