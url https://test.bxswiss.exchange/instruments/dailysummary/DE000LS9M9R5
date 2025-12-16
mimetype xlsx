--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff0edcbbe8a421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R284b39de5e2841f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd795fdb170a4e8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf24445c4d4c48a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b242132cbf4564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd795fdb170a4e8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9760800932334f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf24445c4d4c48a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT Growth at Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>158,663</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>