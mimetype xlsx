--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R284b39de5e2841f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f45adb7e1e4e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf24445c4d4c48a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d22e4ba7f942a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9760800932334f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf24445c4d4c48a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247d812d13ea4f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d22e4ba7f942a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LT Growth at Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9M9R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>