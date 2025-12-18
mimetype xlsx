--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97366f539ba7495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68791e2d34c48ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35c9fd161a2944aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f69f8f489b847c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07876e2fe6644fde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35c9fd161a2944aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2a4e3f73eb476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f69f8f489b847c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small &amp; Mid Caps Switzerland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>122,646</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,423</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>120,693</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>