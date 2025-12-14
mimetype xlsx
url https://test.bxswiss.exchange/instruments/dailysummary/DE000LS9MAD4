--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R251de7be3c714119" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra87f4bc8791e4e3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ec2239e997479f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cdf4bc4b67143a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R826c9716817944ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ec2239e997479f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59cf622ff58a4194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cdf4bc4b67143a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AustriaTech</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>103,842</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>105,983</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>