--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R841de87bc2d1432e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dfc6ae47c804ebb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ecd9561898a4601"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ac0c50c08ec4332"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc62932b59e0e4ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ecd9561898a4601" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83fa80dfce084cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ac0c50c08ec4332" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstungs-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>239,027</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>