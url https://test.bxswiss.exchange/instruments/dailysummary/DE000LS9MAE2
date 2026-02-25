--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dfc6ae47c804ebb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e1fedc811d2456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ac0c50c08ec4332"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092c6f1925e0475c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83fa80dfce084cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ac0c50c08ec4332" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R691d5037c7404c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092c6f1925e0475c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rüstungs-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>