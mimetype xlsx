--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb91985521f4e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb5b0e4f2ac4b2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc558557fe0294b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44db99d3b8794901"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88be98798f084dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc558557fe0294b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a2217180834441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44db99d3b8794901" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Growth Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>97,065</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,593</x:t>
-[...188 lines deleted...]
-          <x:t>96,942</x:t>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>