--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb5b0e4f2ac4b2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1370547f4df34137" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44db99d3b8794901"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4e7b8b51afc44c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55a2217180834441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44db99d3b8794901" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2fedb5968044ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4e7b8b51afc44c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Growth Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>