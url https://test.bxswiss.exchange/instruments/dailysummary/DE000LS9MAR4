--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree50a5a193c0465e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77cf9071fd4e45a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R249e6d82ed71468c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7132953fe72c4dbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5209b1a1b5d94c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R249e6d82ed71468c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98156e18713c4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7132953fe72c4dbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andiratz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,464</x:t>
-[...144 lines deleted...]
-          <x:t>133,306</x:t>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>