--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77cf9071fd4e45a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d34d5931304496" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7132953fe72c4dbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe508ac59685486d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98156e18713c4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7132953fe72c4dbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R737d630f01114a33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe508ac59685486d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andiratz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>