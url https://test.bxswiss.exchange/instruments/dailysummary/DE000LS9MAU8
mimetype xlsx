--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc259398179b64c3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b62fe9c92446e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f486108418f4944"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5196ff95356a471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89e2278887e43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f486108418f4944" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154cde2438864e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5196ff95356a471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>364,726</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>