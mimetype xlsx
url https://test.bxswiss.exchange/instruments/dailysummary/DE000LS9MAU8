--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b62fe9c92446e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d4383b71354d7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5196ff95356a471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e015f5184d47b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154cde2438864e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5196ff95356a471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d253bde2d164c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e015f5184d47b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MAU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>368,875</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,526</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>356,339</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>