--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74b6647e371c4696" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5038c548d3ac4c9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf560102656ab4aa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc65d7586ceb45c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79634ddd0d3c4489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf560102656ab4aa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d82849681e1432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc65d7586ceb45c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien nach meiner Wahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>228,776</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>