--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5038c548d3ac4c9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R836f75b03778404b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc65d7586ceb45c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8b9a550c7ab45a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d82849681e1432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc65d7586ceb45c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R822fb63a57e74561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8b9a550c7ab45a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien nach meiner Wahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>