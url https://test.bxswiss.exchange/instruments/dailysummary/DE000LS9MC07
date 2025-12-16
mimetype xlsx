--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf35d2184918492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2309dc8ac7fb449d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45043523a2584810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc427f86f364107"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2831314c4304fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45043523a2584810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc44bae8a879c4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc427f86f364107" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weekly Watchlist Tops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>213,599</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>