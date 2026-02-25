--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2309dc8ac7fb449d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re878261f73094cfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc427f86f364107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15455632578546cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc44bae8a879c4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc427f86f364107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225124f9a0be4521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15455632578546cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weekly Watchlist Tops</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>