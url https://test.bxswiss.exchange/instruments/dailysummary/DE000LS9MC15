--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75104a7daff84a53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ddbbba6fa44070" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re90ff88fb70342ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76dc25b6aabf490d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce3a59138f924401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re90ff88fb70342ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3ea2e458de4463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76dc25b6aabf490d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First GER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>149,022</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>