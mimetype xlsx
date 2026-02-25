--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91ddbbba6fa44070" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f96fdda6f954f64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76dc25b6aabf490d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R425fd0ae8df3444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3ea2e458de4463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76dc25b6aabf490d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07278999d8fe4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R425fd0ae8df3444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dorados First GER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>