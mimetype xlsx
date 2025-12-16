--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b0d2c736afc4d4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062ca65969234e55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe6476c72c3d465a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16684addce184bbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff78d1e4f8af4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe6476c72c3d465a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c952e8ef0f54afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16684addce184bbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Deutschland 101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MC49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>127,310</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>