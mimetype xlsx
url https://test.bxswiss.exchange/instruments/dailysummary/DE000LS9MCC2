--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd8c4024a6b04f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0be60b8060046e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ef17eca66814691"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3855949c0274816"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72497670434c4499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ef17eca66814691" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcc9bd61c4149e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3855949c0274816" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Semiconductor Industry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>619,212</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>