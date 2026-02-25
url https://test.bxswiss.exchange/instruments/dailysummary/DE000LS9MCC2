--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0be60b8060046e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re047572229784a55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3855949c0274816"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44da1b747a6d4b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcc9bd61c4149e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3855949c0274816" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5b9aa6c1e5c4bce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44da1b747a6d4b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Semiconductor Industry</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>643,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>646,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>636,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>