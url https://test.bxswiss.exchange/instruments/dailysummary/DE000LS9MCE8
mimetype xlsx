--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79bb79ea491c411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R488f75ed7f4d42f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda00a3ed0e694064"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60bb53a96e545d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd687421bc775413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda00a3ed0e694064" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd76dfe2e874a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60bb53a96e545d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradingToro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,339</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>67,326</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,451</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>67,551</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,484</x:t>
-[...53 lines deleted...]
-          <x:t>67,396</x:t>
+          <x:t>67,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>67,383</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>67,635</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>