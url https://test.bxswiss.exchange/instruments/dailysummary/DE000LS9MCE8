--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R488f75ed7f4d42f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf10a9e0d41444877" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60bb53a96e545d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ae1bef7377a4e4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd76dfe2e874a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60bb53a96e545d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3351c0ccb8a8491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ae1bef7377a4e4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TradingToro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>67,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>