--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e3ca035149485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22c358c66dd84997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ff1430370df4125"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R212da388b81140d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2564a9a36c48450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ff1430370df4125" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c4f34b50d944cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R212da388b81140d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktien-boersen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>