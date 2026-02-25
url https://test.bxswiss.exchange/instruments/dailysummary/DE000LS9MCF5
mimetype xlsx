--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22c358c66dd84997" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd4123311f984606" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R212da388b81140d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc8d928c5bd47c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c4f34b50d944cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R212da388b81140d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0b115f6cf7744a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc8d928c5bd47c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktien-boersen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>