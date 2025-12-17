--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Readdb3a7746d4056" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2ab0591e67403c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ae10a6c4c284b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1f8532326f4456"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe9306d1a83476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ae10a6c4c284b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d79e79038f4f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1f8532326f4456" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienstrategie Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>250,612</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>