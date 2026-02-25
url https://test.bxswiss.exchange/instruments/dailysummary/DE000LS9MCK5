--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2ab0591e67403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52af85edc3024d1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1f8532326f4456"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ff274aa46734c98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04d79e79038f4f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1f8532326f4456" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R971a774e56d44b53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ff274aa46734c98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienstrategie Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,191</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>