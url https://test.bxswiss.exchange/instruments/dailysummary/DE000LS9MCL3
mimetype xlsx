--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28d118c1a31402d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03244f2170b4899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ac7f42e225b49a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c8208db63442ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6de8e4edfe614ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ac7f42e225b49a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9a89a65a1747d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c8208db63442ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Enterprise Acquisition</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>180,775</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>181,109</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>