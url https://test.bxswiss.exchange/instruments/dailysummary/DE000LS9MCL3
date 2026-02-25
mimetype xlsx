--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03244f2170b4899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9489b67fe9ec4e98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c8208db63442ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47379f89620f4645"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9a89a65a1747d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c8208db63442ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f0b724ad6e64fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47379f89620f4645" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Term Enterprise Acquisition</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>