--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9917aea0a3784d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268a39ed79374f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R421434f42c3548b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6723ebc9c86a4643"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R659ad9b5edb04649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R421434f42c3548b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a69713f599a42b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6723ebc9c86a4643" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Value Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>131,241</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,068</x:t>
-[...242 lines deleted...]
-          <x:t>131,455</x:t>
+          <x:t>130,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>