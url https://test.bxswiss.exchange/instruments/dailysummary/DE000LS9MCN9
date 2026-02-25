--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R268a39ed79374f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19cbc7eda2084650" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6723ebc9c86a4643"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc44f44ee962c41dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a69713f599a42b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6723ebc9c86a4643" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66e8cbdd52634cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc44f44ee962c41dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Value Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...527 lines deleted...]
-          <x:t>133,703</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,831</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>133,619</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>