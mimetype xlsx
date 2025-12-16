--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bb4ac3357494954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82670a8e0fc4cd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4489635b8e2a41b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf06cb66b734107"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re83e861d59854d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4489635b8e2a41b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb0fc93fcbc4612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf06cb66b734107" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Super Long International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>254,904</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>