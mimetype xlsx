--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82670a8e0fc4cd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26f82d98a35048d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recf06cb66b734107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82dcab82bb64341"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb0fc93fcbc4612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recf06cb66b734107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35503de10da141f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82dcab82bb64341" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Super Long International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>