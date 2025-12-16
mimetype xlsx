--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64bae3391bb34585" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba3d38f0e6f44af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3c2846ff0b415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R950c2616e6cb4765"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ec197a29db4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3c2846ff0b415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d76e8dc2f564985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R950c2616e6cb4765" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>84,513</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,287</x:t>
-[...443 lines deleted...]
-          <x:t>83,326</x:t>
+          <x:t>84,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>85,793</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>