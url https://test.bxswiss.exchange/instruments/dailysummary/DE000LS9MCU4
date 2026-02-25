--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba3d38f0e6f44af3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8445798c65fb4c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R950c2616e6cb4765"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf77b0d2c82614d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d76e8dc2f564985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R950c2616e6cb4765" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd64d01710345af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf77b0d2c82614d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieDividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MCU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>83,776</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,084</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>84,211</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,879</x:t>
-[...173 lines deleted...]
-          <x:t>84,590</x:t>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,727</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>84,227</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>