--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d9058a8094481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d67fc542ed4497" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd9c7c849824047"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R703735a46a8241ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33c9d585cb8445d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd9c7c849824047" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R777b02c5891345c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R703735a46a8241ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine starke Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>105,878</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>