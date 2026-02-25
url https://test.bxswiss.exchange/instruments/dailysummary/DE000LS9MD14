--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d67fc542ed4497" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb40705bbf2544e23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R703735a46a8241ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9cb7257ed2f4b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R777b02c5891345c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R703735a46a8241ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffb1fcdf0f2e4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9cb7257ed2f4b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kleine starke Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>105,376</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,216</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>105,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>