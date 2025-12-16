--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e447db80f54fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1908bc2b3cb54cb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c59a03016704b0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03bc1c941a5e46ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04fd588ecf444d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c59a03016704b0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56e10da86b684a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03bc1c941a5e46ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speedy gonCHART (diversifiziert)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>150,420</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>