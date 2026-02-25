--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1908bc2b3cb54cb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eff3b7dadd24dcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03bc1c941a5e46ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71ae2a89a06f4e67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56e10da86b684a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03bc1c941a5e46ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf0a8cbc4a144201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71ae2a89a06f4e67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Speedy gonCHART (diversifiziert)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MD48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>