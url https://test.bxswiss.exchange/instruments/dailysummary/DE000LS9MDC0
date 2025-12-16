--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R061dd99191434ece" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d565e248be4ef5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64cef248901548f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R938de8f7ffa0433e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a73ed7f44b4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64cef248901548f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75a19c99fdb94fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R938de8f7ffa0433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fossil Free</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,933</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>