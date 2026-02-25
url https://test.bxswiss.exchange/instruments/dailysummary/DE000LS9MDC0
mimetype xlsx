--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3d565e248be4ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77627c96275b4b9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R938de8f7ffa0433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a844d471c7e4c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75a19c99fdb94fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R938de8f7ffa0433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102562d5a24645c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a844d471c7e4c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fossil Free</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>