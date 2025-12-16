--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R173059d4b4a74789" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47472d2577a04463" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4f3763ae3d64717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb55bf86dd3794265"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2313975183d4c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4f3763ae3d64717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5f710fe88d74600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb55bf86dd3794265" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DigitalTrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>285,509</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>