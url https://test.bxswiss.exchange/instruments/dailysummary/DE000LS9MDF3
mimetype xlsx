--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47472d2577a04463" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98aac65286ee4c94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb55bf86dd3794265"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634332f79d824951"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5f710fe88d74600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb55bf86dd3794265" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb597bd458e5f4fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634332f79d824951" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DigitalTrend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>