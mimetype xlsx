--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14a0a7c5cfe2424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bf4493f9854610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18df4dfa3eb54407"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5424dc97519d4938"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re76593eba9e145e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18df4dfa3eb54407" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbdde7b5a8b44eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5424dc97519d4938" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv BIO Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,331</x:t>
-[...333 lines deleted...]
-          <x:t>63,734</x:t>
+          <x:t>60,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>