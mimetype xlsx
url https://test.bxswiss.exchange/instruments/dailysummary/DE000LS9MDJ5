--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bf4493f9854610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R767c182ea17545ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5424dc97519d4938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R250b941fface47e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbdde7b5a8b44eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5424dc97519d4938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41e0e8cefc3940b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R250b941fface47e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv BIO Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>