--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a815a8facf24f67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29cf3b96d3e94b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re31fe910844e4717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4daeb030504f69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eff53dbdf9e4b43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re31fe910844e4717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R604912f135f34e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4daeb030504f69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieSmallMid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>25,684</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>