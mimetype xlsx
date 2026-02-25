--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29cf3b96d3e94b21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6869d0d05d154978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4daeb030504f69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd78cd559f6074dad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R604912f135f34e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4daeb030504f69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b136055591e4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd78cd559f6074dad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>StrategieSmallMid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>