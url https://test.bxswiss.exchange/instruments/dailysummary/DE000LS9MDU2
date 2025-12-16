--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974eb4ef86cb4d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcafc17172a1d40d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raed0d1f8b5614fcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R191dd9bd11314baf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3e5a9057db2409c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raed0d1f8b5614fcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060c1223ac71477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R191dd9bd11314baf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Zukunft &amp; Wandel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>139,008</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>