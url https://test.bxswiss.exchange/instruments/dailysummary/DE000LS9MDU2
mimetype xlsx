--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcafc17172a1d40d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b9eaa4841d4947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R191dd9bd11314baf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd58011adb0224a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060c1223ac71477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R191dd9bd11314baf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484e513d4e0a4f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd58011adb0224a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Zukunft &amp; Wandel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>140,820</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,852</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>146,740</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>