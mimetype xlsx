--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44cf383a5a184393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1efe71e42efd4dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67e978d595574472"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc72cfb3d28f347ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5eff585320548d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67e978d595574472" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9e58917db844fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc72cfb3d28f347ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewTechInvestor - Large Caps DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>90,945</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...532 lines deleted...]
-          <x:t>91,555</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>