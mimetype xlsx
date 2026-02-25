--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1efe71e42efd4dcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c5ec384f43b41f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc72cfb3d28f347ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8426713e01a94d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9e58917db844fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc72cfb3d28f347ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3aace69da443447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8426713e01a94d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NewTechInvestor - Large Caps DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MDW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>90,911</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,882</x:t>
-[...301 lines deleted...]
-          <x:t>92,408</x:t>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>