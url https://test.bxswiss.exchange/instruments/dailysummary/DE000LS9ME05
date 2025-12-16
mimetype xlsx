--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f49eb357f174e4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52bac7ef56804485" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f9b56321a3b4aa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bf7bcd0a58142ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7a7525214014376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f9b56321a3b4aa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2900ce7216434cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bf7bcd0a58142ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth-strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>255,579</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>