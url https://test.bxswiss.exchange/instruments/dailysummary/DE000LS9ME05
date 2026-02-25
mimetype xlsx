--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52bac7ef56804485" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5545d10ca0e4200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bf7bcd0a58142ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86ce3368af814c9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2900ce7216434cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bf7bcd0a58142ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f25f7cef9ba49a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86ce3368af814c9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth-strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>