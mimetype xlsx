--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7ef5ec397d46ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d4842808efd42f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d91d5cf37a4631"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c096779cb04e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d67dcab80014a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d91d5cf37a4631" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7f79f55ac0d41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c096779cb04e25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Besonnen nach S.Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>177,969</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>