--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d4842808efd42f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R068f496a3264431b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c096779cb04e25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd53abd8745394df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7f79f55ac0d41a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c096779cb04e25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb611607cf97c4772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd53abd8745394df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Besonnen nach S.Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9ME54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>