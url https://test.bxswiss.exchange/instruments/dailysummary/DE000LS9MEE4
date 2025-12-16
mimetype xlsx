--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2420b8c6406b4609" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc71f1ded57e249be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64b6258515f140d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64619126c0d54f51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf36521939a064ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64b6258515f140d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5b6ee887f7045da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64619126c0d54f51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienstrategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,041</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>