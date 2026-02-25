--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc71f1ded57e249be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9190c25125294a50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64619126c0d54f51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c42b6e9d4c4be5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5b6ee887f7045da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64619126c0d54f51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f44a14c8f0a4d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c42b6e9d4c4be5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienstrategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>103,643</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,863</x:t>
-[...475 lines deleted...]
-          <x:t>102,815</x:t>
+          <x:t>103,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,785</x:t>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,954</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>103,827</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>