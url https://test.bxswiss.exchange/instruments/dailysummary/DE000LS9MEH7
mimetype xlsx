--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa1f515f14f54eac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ce97f763ea4c6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e829538da604d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63bb5f2934f141f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333802d0fa2848d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e829538da604d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1f4fe51b8b24c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63bb5f2934f141f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Marktposition</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>227,022</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>