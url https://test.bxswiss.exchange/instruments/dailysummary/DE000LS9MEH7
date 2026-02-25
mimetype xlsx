--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93ce97f763ea4c6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a9619c06fb4346" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63bb5f2934f141f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2dfd0e232f64fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1f4fe51b8b24c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63bb5f2934f141f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f162f3d092d4293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2dfd0e232f64fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Marktposition</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,377</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>225,276</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>