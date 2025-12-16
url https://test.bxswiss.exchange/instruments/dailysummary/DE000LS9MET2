--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24f8c3b3d62e4b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R113b3f2896334c02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b279ba92fd441b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6102da6e35d04df0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f94314d4b4a4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b279ba92fd441b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d555674032f4d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6102da6e35d04df0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Newstrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MET2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>300,956</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>