--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d9cd7b08bcd4447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001371f5ba754f46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f72b1424844c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2508feb5f316422f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41bc75499c324246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f72b1424844c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f6d94364ce4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2508feb5f316422f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>217,175</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>