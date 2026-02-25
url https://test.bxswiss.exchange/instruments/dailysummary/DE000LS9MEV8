--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001371f5ba754f46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ae25adc7b98450e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2508feb5f316422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8412a3527da4570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f6d94364ce4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2508feb5f316422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dd70238bbb34984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8412a3527da4570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Opportunity Pick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>