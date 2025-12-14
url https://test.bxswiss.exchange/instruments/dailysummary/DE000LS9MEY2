--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra23f6628283d40a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R167ad0df9583450f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97b451a68c034c2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5062734dac3442a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdad1233afb884d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97b451a68c034c2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f97bc310ea9426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5062734dac3442a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MEY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>95,209</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,674</x:t>
-[...566 lines deleted...]
-          <x:t>97,064</x:t>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>