--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9a3f7b095b74dcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d8eb26369a4c09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5e312cfe26a44cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a32827ee7774426"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb8fa3136604e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5e312cfe26a44cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c5345509b240b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a32827ee7774426" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MF87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>165,876</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>