--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d8eb26369a4c09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8625588f43ed4621" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a32827ee7774426"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R113b194c268a4268"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29c5345509b240b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a32827ee7774426" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R924810ee6b374b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R113b194c268a4268" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MF87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,521</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>