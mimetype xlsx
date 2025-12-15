--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5da373d38fa8430f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26497cf78fae45c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R932af55085004c60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabc20d9ee2f749e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe509fa30eb04b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R932af55085004c60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeda8d79bab34bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabc20d9ee2f749e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Blue-Chips strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>150,276</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>