--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26497cf78fae45c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b438f7e04dc425a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabc20d9ee2f749e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4608dfcba7da4d1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeda8d79bab34bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabc20d9ee2f749e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44af4ccd8c8a456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4608dfcba7da4d1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Blue-Chips strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>123,148</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>