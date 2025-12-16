--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f76bbcac0124f29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42de447fd3341ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radd5af2ecf1545d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41271646d9a34707"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc531b84d5de24637" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radd5af2ecf1545d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ee040ea52d4338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41271646d9a34707" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ FINTECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>162,186</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>