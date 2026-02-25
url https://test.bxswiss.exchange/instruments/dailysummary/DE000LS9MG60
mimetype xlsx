--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42de447fd3341ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95924062ef6940f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41271646d9a34707"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5131922de63045da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0ee040ea52d4338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41271646d9a34707" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd175f83ae7894f8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5131922de63045da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GEOPOLITICAL BIZ FINTECH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MG60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>