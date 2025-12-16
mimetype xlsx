--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d496ed22ef4444e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf190db9025043b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c4a166e356b4ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8fa5a85d2974a6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde4f7602f45b42d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c4a166e356b4ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bd7f28667034bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8fa5a85d2974a6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GAP-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,449</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>