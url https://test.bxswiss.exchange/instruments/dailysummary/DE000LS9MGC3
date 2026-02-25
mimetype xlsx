--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf190db9025043b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R796790098ac2460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8fa5a85d2974a6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c201c05625b4851"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bd7f28667034bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8fa5a85d2974a6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ed7fe6b2f5d4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c201c05625b4851" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GAP-Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>124,269</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>