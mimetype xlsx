--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32c1952f10bc44f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cad4202a8bd4066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f0fcbf63ba14e45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91f98141c1d94b14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ed22df895224714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f0fcbf63ba14e45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a92615b87574ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91f98141c1d94b14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>285,025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>