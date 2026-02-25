--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cad4202a8bd4066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1406b27ace0143cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91f98141c1d94b14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73078d3ad62a4c2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a92615b87574ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91f98141c1d94b14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1645f289c1b45f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73078d3ad62a4c2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>