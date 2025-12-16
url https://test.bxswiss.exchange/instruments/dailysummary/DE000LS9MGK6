--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94f63a5a63094d8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d98ec9f23e4f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af35194c6574a0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6512c2447ef04930"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa7a69407824df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af35194c6574a0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd18fc29e3e8d4373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6512c2447ef04930" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividend Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>151,885</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>