--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d98ec9f23e4f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c779c88b2524554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6512c2447ef04930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c17a3bb091e4f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd18fc29e3e8d4373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6512c2447ef04930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9f632dba81480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c17a3bb091e4f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividend Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>156,278</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>