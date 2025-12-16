--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab3734e3f0eb4341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1420370faf25464d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1edf0603c59d47db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbe3af8d13a14cff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d2827e88d0d4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1edf0603c59d47db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5992c11a2acf4074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbe3af8d13a14cff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RocketInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>196,578</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>