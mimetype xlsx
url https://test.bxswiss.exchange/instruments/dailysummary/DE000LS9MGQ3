--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1420370faf25464d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988d6d82d62c4bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbe3af8d13a14cff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc109301eb68b4eed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5992c11a2acf4074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbe3af8d13a14cff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc837e51e3d8e45fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc109301eb68b4eed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RocketInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>