--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree81db58566945e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5070dbf9db4fa8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8790f55eabba47a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda07c1f39cf44d8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511aebfa8c6f4ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8790f55eabba47a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d662ea87cb4457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda07c1f39cf44d8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrotation DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>105,909</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>