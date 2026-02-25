--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5070dbf9db4fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46da026cf7364528" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda07c1f39cf44d8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd347d50f3c64482e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02d662ea87cb4457" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda07c1f39cf44d8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce4497fcf034b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd347d50f3c64482e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienrotation DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>