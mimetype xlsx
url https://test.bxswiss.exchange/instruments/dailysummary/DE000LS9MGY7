--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc428312f9374201" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137c7782cbf24364" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e7daf1e37f4222"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9314f190f35432e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R425d85319edb4996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e7daf1e37f4222" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e052f6fb2524972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9314f190f35432e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobilityWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,606 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...573 lines deleted...]
-          <x:t>91,957</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>