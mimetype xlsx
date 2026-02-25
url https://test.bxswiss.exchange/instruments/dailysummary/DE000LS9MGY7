--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137c7782cbf24364" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R961f34255cc948eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9314f190f35432e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a8643e1108e4a42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e052f6fb2524972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9314f190f35432e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf2ed713c5104d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a8643e1108e4a42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>eMobilityWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9MGY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,906</x:t>
-[...21 lines deleted...]
-          <x:t>80,854</x:t>
+          <x:t>80,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,054</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>80,788</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>